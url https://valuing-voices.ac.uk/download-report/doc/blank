--- v0 (2026-01-19)
+++ v1 (2026-03-05)
@@ -144,82 +144,83 @@
           <w:rPr>
             <w:rFonts w:ascii="Roboto Condensed" w:hAnsi="Roboto Condensed" w:eastAsia="Roboto Condensed" w:cs="Roboto Condensed"/>
             <w:color w:val="0055AA"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Environmental sustainability</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
         <w:spacing w:after="240"/>
       </w:pPr>
       <w:hyperlink w:anchor="vv_section_29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Roboto Condensed" w:hAnsi="Roboto Condensed" w:eastAsia="Roboto Condensed" w:cs="Roboto Condensed"/>
             <w:color w:val="0055AA"/>
             <w:sz w:val="28"/>
             <w:szCs w:val="28"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">Reflecting and learning</w:t>
+          <w:t xml:space="preserve">Reflection and learning</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p/>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:jc w:val="start"/>
         <w:spacing w:after="400"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Condensed" w:hAnsi="Roboto Condensed" w:eastAsia="Roboto Condensed" w:cs="Roboto Condensed"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Go to www.valuing-voices.ac.uk to for resources to help you fill out the questions in this document.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
           <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="vv_section_36"/>
     <w:bookmarkEnd w:id="0"/>
+    <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Condensed" w:hAnsi="Roboto Condensed" w:eastAsia="Roboto Condensed" w:cs="Roboto Condensed"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Engagement and impact</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:eastAsia="Inter" w:cs="Inter"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Research is credible and has real-world benefits when you engage with those affected by and interested in it.</w:t>
       </w:r>
@@ -365,50 +366,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="p.left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="text.body"/>
         </w:rPr>
         <w:t xml:space="preserve">A: </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="default" r:id="rId14"/>
           <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
           <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="1" w:name="vv_section_37"/>
     <w:bookmarkEnd w:id="1"/>
+    <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Condensed" w:hAnsi="Roboto Condensed" w:eastAsia="Roboto Condensed" w:cs="Roboto Condensed"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Equity and diversity in teams</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:eastAsia="Inter" w:cs="Inter"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Diverse research teams generate fresh perspectives on complex problems, address unfair hierarchies and promote global equity.</w:t>
       </w:r>
@@ -553,50 +555,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="p.left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="text.body"/>
         </w:rPr>
         <w:t xml:space="preserve">A: </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId15"/>
           <w:footerReference w:type="default" r:id="rId16"/>
           <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
           <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="2" w:name="vv_section_33"/>
     <w:bookmarkEnd w:id="2"/>
+    <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Condensed" w:hAnsi="Roboto Condensed" w:eastAsia="Roboto Condensed" w:cs="Roboto Condensed"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Strategic risk mapping</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:eastAsia="Inter" w:cs="Inter"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Research plans are strengthened by careful risk mapping that makes the most of limited resources.</w:t>
       </w:r>
@@ -742,50 +745,51 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="p.left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="text.body"/>
         </w:rPr>
         <w:t xml:space="preserve">A: </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId17"/>
           <w:footerReference w:type="default" r:id="rId18"/>
           <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
           <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="3" w:name="vv_section_31"/>
     <w:bookmarkEnd w:id="3"/>
+    <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Condensed" w:hAnsi="Roboto Condensed" w:eastAsia="Roboto Condensed" w:cs="Roboto Condensed"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmental sustainability</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:eastAsia="Inter" w:cs="Inter"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmentally conscious research sets a societal precedent, is cost-effective and safeguards the future of research.</w:t>
       </w:r>
@@ -930,61 +934,62 @@
     <w:p>
       <w:pPr>
         <w:pStyle w:val="p.left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="text.body"/>
         </w:rPr>
         <w:t xml:space="preserve">A: </w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:sectPr>
           <w:headerReference w:type="default" r:id="rId19"/>
           <w:footerReference w:type="default" r:id="rId20"/>
           <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
           <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="1" w:space="720"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
     <w:bookmarkStart w:id="4" w:name="vv_section_29"/>
     <w:bookmarkEnd w:id="4"/>
+    <w:p/>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Condensed" w:hAnsi="Roboto Condensed" w:eastAsia="Roboto Condensed" w:cs="Roboto Condensed"/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Reflecting and learning</w:t>
+        <w:t xml:space="preserve">Reflection and learning</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Inter" w:hAnsi="Inter" w:eastAsia="Inter" w:cs="Inter"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Research practices are made effective and robust when they are informed by reflective learning.</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:spacing w:after="120"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto Condensed" w:hAnsi="Roboto Condensed" w:eastAsia="Roboto Condensed" w:cs="Roboto Condensed"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -1312,51 +1317,51 @@
                       <w10:wrap type="inline"/>
                       <v:imagedata r:id="rId3" o:title=""/>
                     </v:shape>
                   </w:pict>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4000" w:type="dxa"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:spacing w:after="0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="text.small"/>
             </w:rPr>
-            <w:t xml:space="preserve">Generated: 19/01/26, 10:30am</w:t>
+            <w:t xml:space="preserve">Generated: 05/03/26, 03:26pm</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer13.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:tbl>
     <w:tblGrid>
       <w:gridCol w:w="11000" w:type="dxa"/>
     </w:tblGrid>
     <w:tblPr>
       <w:tblStyle w:val="table.footer"/>
     </w:tblPr>
     <w:tr>
       <w:trPr>
         <w:trHeight w:val="1" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11000" w:type="dxa"/>
           <w:tcBorders>
@@ -1452,51 +1457,51 @@
                       <w10:wrap type="inline"/>
                       <v:imagedata r:id="rId3" o:title=""/>
                     </v:shape>
                   </w:pict>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4000" w:type="dxa"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:spacing w:after="0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="text.small"/>
             </w:rPr>
-            <w:t xml:space="preserve">Generated: 19/01/26, 10:30am</w:t>
+            <w:t xml:space="preserve">Generated: 05/03/26, 03:26pm</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer16.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:tbl>
     <w:tblGrid>
       <w:gridCol w:w="11000" w:type="dxa"/>
     </w:tblGrid>
     <w:tblPr>
       <w:tblStyle w:val="table.footer"/>
     </w:tblPr>
     <w:tr>
       <w:trPr>
         <w:trHeight w:val="1" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11000" w:type="dxa"/>
           <w:tcBorders>
@@ -1592,51 +1597,51 @@
                       <w10:wrap type="inline"/>
                       <v:imagedata r:id="rId3" o:title=""/>
                     </v:shape>
                   </w:pict>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4000" w:type="dxa"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:spacing w:after="0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="text.small"/>
             </w:rPr>
-            <w:t xml:space="preserve">Generated: 19/01/26, 10:30am</w:t>
+            <w:t xml:space="preserve">Generated: 05/03/26, 03:26pm</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:tbl>
     <w:tblGrid>
       <w:gridCol w:w="11000" w:type="dxa"/>
     </w:tblGrid>
     <w:tblPr>
       <w:tblStyle w:val="table.footer"/>
     </w:tblPr>
     <w:tr>
       <w:trPr>
         <w:trHeight w:val="1" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11000" w:type="dxa"/>
           <w:tcBorders>
@@ -1732,51 +1737,51 @@
                       <w10:wrap type="inline"/>
                       <v:imagedata r:id="rId3" o:title=""/>
                     </v:shape>
                   </w:pict>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4000" w:type="dxa"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:spacing w:after="0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="text.small"/>
             </w:rPr>
-            <w:t xml:space="preserve">Generated: 19/01/26, 10:30am</w:t>
+            <w:t xml:space="preserve">Generated: 05/03/26, 03:26pm</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:tbl>
     <w:tblGrid>
       <w:gridCol w:w="11000" w:type="dxa"/>
     </w:tblGrid>
     <w:tblPr>
       <w:tblStyle w:val="table.footer"/>
     </w:tblPr>
     <w:tr>
       <w:trPr>
         <w:trHeight w:val="1" w:hRule="atLeast"/>
       </w:trPr>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="11000" w:type="dxa"/>
           <w:tcBorders>
@@ -1872,51 +1877,51 @@
                       <w10:wrap type="inline"/>
                       <v:imagedata r:id="rId3" o:title=""/>
                     </v:shape>
                   </w:pict>
                 </w:r>
               </w:p>
             </w:tc>
           </w:tr>
         </w:tbl>
         <w:p/>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="4000" w:type="dxa"/>
           <w:noWrap/>
         </w:tcPr>
         <w:p>
           <w:pPr>
             <w:jc w:val="end"/>
             <w:spacing w:after="0"/>
           </w:pPr>
           <w:r>
             <w:rPr>
               <w:rStyle w:val="text.small"/>
             </w:rPr>
-            <w:t xml:space="preserve">Generated: 19/01/26, 10:30am</w:t>
+            <w:t xml:space="preserve">Generated: 05/03/26, 03:26pm</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
 </w:ftr>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:tbl>
     <w:tblGrid>
       <w:gridCol w:w="6250" w:type="dxa"/>
       <w:gridCol w:w="200" w:type="dxa"/>
       <w:gridCol w:w="350" w:type="dxa"/>
     </w:tblGrid>
     <w:tblPr>
       <w:tblStyle w:val="table.clean"/>
     </w:tblPr>
     <w:tr>
       <w:trPr/>
       <w:tc>
         <w:tcPr>
           <w:noWrap/>
         </w:tcPr>